--- v0 (2025-10-27)
+++ v1 (2026-03-20)
@@ -1,125 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="73D89FBF" w14:textId="77777777" w:rsidR="00557C3C" w:rsidRDefault="00557C3C" w:rsidP="00557C3C">
+    <w:p w14:paraId="7E7AF328" w14:textId="77777777" w:rsidR="002F0085" w:rsidRPr="002F0085" w:rsidRDefault="002F0085" w:rsidP="002F0085">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:left="5529"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="6237"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="002F0085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Руководителю </w:t>
+        <w:t>Руководителю Удостоверяющего центра</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58755F24" w14:textId="77777777" w:rsidR="00557C3C" w:rsidRDefault="00557C3C" w:rsidP="00557C3C">
+    <w:p w14:paraId="4DCF2EBB" w14:textId="77777777" w:rsidR="002F0085" w:rsidRPr="002F0085" w:rsidRDefault="002F0085" w:rsidP="002F0085">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="exact"/>
-        <w:ind w:left="5529"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="6237"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="002F0085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Удостоверяющего центра</w:t>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:t>ООО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Модум</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F0085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ООО «Модум»</w:t>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F0085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">В.Д. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F0085">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>А.А. Конычеву</w:t>
-      </w:r>
+        <w:t>Боголепову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2B9A2A35" w14:textId="77777777" w:rsidR="00557C3C" w:rsidRDefault="00557C3C" w:rsidP="00827427">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="77500AFF" w14:textId="1C76C39C" w:rsidR="00827427" w:rsidRDefault="008A6AE7" w:rsidP="007C2EE7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B0ADD">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Доверенность</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> на сотрудника доверенного лица удостоверяющего центра</w:t>
       </w:r>
       <w:r w:rsidR="0008792E" w:rsidRPr="00325C50">
@@ -1655,52 +1682,50 @@
       </w:tblGrid>
       <w:tr w:rsidR="00827427" w:rsidRPr="005B0ADD" w14:paraId="4FDA5F92" w14:textId="77777777" w:rsidTr="00CF43CC">
         <w:trPr>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58CD1CE5" w14:textId="77777777" w:rsidR="00827427" w:rsidRPr="005B0ADD" w:rsidRDefault="00827427" w:rsidP="0068173D">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00827427" w:rsidRPr="005B0ADD" w14:paraId="6CD6F1B0" w14:textId="77777777" w:rsidTr="00827427">
         <w:trPr>
           <w:trHeight w:val="372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="079150D7" w14:textId="77777777" w:rsidR="00827427" w:rsidRPr="007508F9" w:rsidRDefault="00827427" w:rsidP="00827427">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
@@ -2693,112 +2718,112 @@
             <w:r w:rsidRPr="007508F9">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62597C06" w14:textId="724F52B5" w:rsidR="00F7392D" w:rsidRPr="00827427" w:rsidRDefault="00F7392D" w:rsidP="00827427"/>
     <w:sectPr w:rsidR="00F7392D" w:rsidRPr="00827427" w:rsidSect="007C2EE7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="680" w:left="992" w:header="113" w:footer="57" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="401E2C92" w14:textId="77777777" w:rsidR="00A054FF" w:rsidRDefault="00A054FF" w:rsidP="008A6AE7">
+    <w:p w14:paraId="408585DC" w14:textId="77777777" w:rsidR="009A1E82" w:rsidRDefault="009A1E82" w:rsidP="008A6AE7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DF6E58C" w14:textId="77777777" w:rsidR="00A054FF" w:rsidRDefault="00A054FF" w:rsidP="008A6AE7">
+    <w:p w14:paraId="3E880843" w14:textId="77777777" w:rsidR="009A1E82" w:rsidRDefault="009A1E82" w:rsidP="008A6AE7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7655845E" w14:textId="77777777" w:rsidR="00A054FF" w:rsidRDefault="00A054FF" w:rsidP="008A6AE7">
+    <w:p w14:paraId="28A98A96" w14:textId="77777777" w:rsidR="009A1E82" w:rsidRDefault="009A1E82" w:rsidP="008A6AE7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D6F973D" w14:textId="77777777" w:rsidR="00A054FF" w:rsidRDefault="00A054FF" w:rsidP="008A6AE7">
+    <w:p w14:paraId="41C59F4E" w14:textId="77777777" w:rsidR="009A1E82" w:rsidRDefault="009A1E82" w:rsidP="008A6AE7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="177DDF6F" w14:textId="79C6CB5E" w:rsidR="0008792E" w:rsidRPr="0008792E" w:rsidRDefault="0008792E" w:rsidP="0008792E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008792E">
         <w:rPr>
           <w:rStyle w:val="ae"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0008792E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2829,273 +2854,510 @@
           <w:t>dover@mos-uc.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="0942D1DB" w14:textId="77347036" w:rsidR="0008792E" w:rsidRDefault="0008792E" w:rsidP="00325C50">
       <w:pPr>
         <w:pStyle w:val="ac"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ae"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Удостоверяющий центр вправе затребовать документы, подтверждающие трудовые отношения сотрудника с доверенным лицом.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC6D95"/>
     <w:rsid w:val="0008792E"/>
     <w:rsid w:val="001B1D61"/>
+    <w:rsid w:val="002F0085"/>
     <w:rsid w:val="00325C50"/>
     <w:rsid w:val="003907A5"/>
     <w:rsid w:val="003A7E11"/>
     <w:rsid w:val="00557C3C"/>
     <w:rsid w:val="005D7919"/>
     <w:rsid w:val="007508F9"/>
     <w:rsid w:val="007C2EE7"/>
     <w:rsid w:val="00827427"/>
     <w:rsid w:val="00831329"/>
     <w:rsid w:val="008A6AE7"/>
     <w:rsid w:val="008F1366"/>
+    <w:rsid w:val="009A1E82"/>
     <w:rsid w:val="00A054FF"/>
     <w:rsid w:val="00B872B9"/>
     <w:rsid w:val="00CF43CC"/>
     <w:rsid w:val="00EC6D95"/>
     <w:rsid w:val="00F069D8"/>
     <w:rsid w:val="00F7392D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="10098B30"/>
+  <w15:docId w15:val="{BEFE9246-4766-4EB4-B144-009A94770CBC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003A7E11"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0D0D0D"/>
       <w:spacing w:val="-5"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -3170,519 +3432,58 @@
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU" w:bidi="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="003A7E11"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0D0D0D"/>
       <w:spacing w:val="-5"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...458 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="003A7E11"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:spacing w:val="-5"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
@@ -3806,58 +3607,58 @@
     <w:semiHidden/>
     <w:rsid w:val="0008792E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="0D0D0D"/>
       <w:spacing w:val="-5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ae">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0008792E"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mos-uc.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4075,92 +3876,92 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1887620E-E311-411A-89EE-B6018648152B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C44DEB8-E2A4-41CC-AF5B-966018331127}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>208</Words>
-  <Characters>1188</Characters>
+  <Characters>1189</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>STS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1394</CharactersWithSpaces>
+  <CharactersWithSpaces>1395</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Астахов Сергей Александрович</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>